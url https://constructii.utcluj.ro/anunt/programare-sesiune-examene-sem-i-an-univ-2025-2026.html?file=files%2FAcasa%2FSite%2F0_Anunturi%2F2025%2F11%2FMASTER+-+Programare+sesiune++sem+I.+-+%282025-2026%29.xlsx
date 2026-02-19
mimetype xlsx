--- v0 (2025-12-19)
+++ v1 (2026-02-19)
@@ -9,69 +9,69 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="105" windowWidth="14805" windowHeight="8010" activeTab="5"/>
+    <workbookView xWindow="240" yWindow="105" windowWidth="14805" windowHeight="8010" activeTab="6"/>
   </bookViews>
   <sheets>
     <sheet name="AICEM-mas " sheetId="14" r:id="rId1"/>
     <sheet name="CDB-mas" sheetId="4" r:id="rId2"/>
     <sheet name="CV-mas" sheetId="9" r:id="rId3"/>
     <sheet name="IIT-mas" sheetId="5" r:id="rId4"/>
     <sheet name="IG-mas" sheetId="12" r:id="rId5"/>
     <sheet name="IS-mas" sheetId="10" r:id="rId6"/>
     <sheet name="MPEP-mas" sheetId="8" r:id="rId7"/>
     <sheet name="PASLM-mas" sheetId="11" r:id="rId8"/>
     <sheet name="TDCC" sheetId="13" r:id="rId9"/>
   </sheets>
   <calcPr calcId="122211"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="449" uniqueCount="237">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="450" uniqueCount="239">
   <si>
     <t>DISCIPLINA - Materia</t>
   </si>
   <si>
     <t xml:space="preserve">Data/ora </t>
   </si>
   <si>
     <t>Nr.   crt.</t>
   </si>
   <si>
     <t>Managementul proiectelor de constructii</t>
   </si>
   <si>
     <t>Inginerie seismica</t>
   </si>
   <si>
     <t>Met. elem.finite</t>
   </si>
   <si>
     <t>Materiale compozite.Betoane speciale</t>
   </si>
   <si>
     <t>Structuri din beton precomprimat</t>
   </si>
   <si>
@@ -548,59 +548,53 @@
   <si>
     <t>N.Roman</t>
   </si>
   <si>
     <t>30.01/18:00</t>
   </si>
   <si>
     <t xml:space="preserve">  M.Suciu/ F.Savoiu/ C.Fenesan</t>
   </si>
   <si>
     <t>R.Ciocan</t>
   </si>
   <si>
     <t>R. Cadar</t>
   </si>
   <si>
     <t>R.Avram</t>
   </si>
   <si>
     <t>30.01/17:00</t>
   </si>
   <si>
     <t>6.02/17:00</t>
   </si>
   <si>
-    <t>27.02/17:00</t>
-[...1 lines deleted...]
-  <si>
     <t>OA5</t>
   </si>
   <si>
-    <t>10.02-11.07/17:00</t>
-[...1 lines deleted...]
-  <si>
     <t>27.01/17:00</t>
   </si>
   <si>
     <t>M.Ciotlaus</t>
   </si>
   <si>
     <t>G. Kollo</t>
   </si>
   <si>
     <t>S. Gutiu</t>
   </si>
   <si>
     <t>3.02/16:00</t>
   </si>
   <si>
     <t>A.Danciu</t>
   </si>
   <si>
     <t>OA4</t>
   </si>
   <si>
     <t>30.01/16:00</t>
   </si>
   <si>
     <t>13.02/18:00</t>
@@ -738,57 +732,117 @@
     <t>SPECIALIZAREA________________AICEM____________ANUL_____I            __GRUPA _____</t>
   </si>
   <si>
     <t>SPECIALIZAREA________________AICEM____________ANUL_____I            __GRUPA ____</t>
   </si>
   <si>
     <t>Z.Nagy</t>
   </si>
   <si>
     <t>A.Puskas</t>
   </si>
   <si>
     <t>A.Kis</t>
   </si>
   <si>
     <t>C.Lapusan</t>
   </si>
   <si>
     <t xml:space="preserve">Z. KISS/  I.Prodan/C. Campian                               </t>
   </si>
   <si>
     <t>catalogul pe KISS</t>
   </si>
   <si>
     <t xml:space="preserve"> C. Campian</t>
+  </si>
+  <si>
+    <r>
+      <t>30.01/</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>18:00</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>10.02-11.07/</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>18:00</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>6.02/</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>18:00</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>27.02/</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>18:00</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
@@ -831,50 +885,57 @@
     <font>
       <b/>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF333333"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
@@ -937,51 +998,51 @@
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="79">
+  <cellXfs count="80">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -1144,50 +1205,53 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1"/>
     <cellStyle name="Normal 3" xfId="2"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleMedium9"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -1542,251 +1606,251 @@
       <c r="A2" s="59"/>
       <c r="B2" s="60"/>
       <c r="C2" s="60"/>
       <c r="D2" s="60"/>
       <c r="E2" s="49"/>
       <c r="F2" s="49"/>
     </row>
     <row r="3" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="75" t="s">
         <v>76</v>
       </c>
       <c r="B3" s="74"/>
       <c r="C3" s="74"/>
       <c r="D3" s="74"/>
       <c r="E3" s="74"/>
       <c r="F3" s="74"/>
     </row>
     <row r="4" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C4" s="61"/>
       <c r="D4" s="61"/>
       <c r="E4" s="39"/>
       <c r="F4" s="39"/>
     </row>
     <row r="5" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="76" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="B5" s="77"/>
       <c r="C5" s="77"/>
       <c r="D5" s="77"/>
       <c r="E5" s="77"/>
       <c r="F5" s="77"/>
     </row>
     <row r="6" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="61"/>
       <c r="E6" s="39"/>
       <c r="F6" s="39"/>
     </row>
     <row r="7" spans="1:6" s="13" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>1</v>
       </c>
       <c r="F7" s="8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:6" s="34" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="22">
         <v>1</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>82</v>
       </c>
       <c r="C8" s="27" t="s">
         <v>95</v>
       </c>
       <c r="D8" s="27" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="E8" s="40" t="s">
         <v>148</v>
       </c>
       <c r="F8" s="40" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="9" spans="1:6" s="13" customFormat="1" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="30">
         <v>3</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>83</v>
       </c>
       <c r="C9" s="27" t="s">
         <v>100</v>
       </c>
       <c r="D9" s="27" t="s">
         <v>96</v>
       </c>
       <c r="E9" s="40" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="F9" s="40" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="10" spans="1:6" s="13" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="30">
         <v>4</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>84</v>
       </c>
       <c r="C10" s="35" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="D10" s="35" t="s">
         <v>97</v>
       </c>
       <c r="E10" s="40" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="F10" s="40">
         <v>166</v>
       </c>
     </row>
     <row r="11" spans="1:6" s="13" customFormat="1" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="30">
         <v>5</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>85</v>
       </c>
       <c r="C11" s="35" t="s">
         <v>98</v>
       </c>
       <c r="D11" s="35" t="s">
         <v>99</v>
       </c>
       <c r="E11" s="40" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="F11" s="40">
         <v>129</v>
       </c>
     </row>
     <row r="12" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C12" s="61"/>
       <c r="D12" s="61"/>
       <c r="E12" s="39"/>
       <c r="F12" s="39"/>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A14" s="76" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="B14" s="77"/>
       <c r="C14" s="77"/>
       <c r="D14" s="77"/>
       <c r="E14" s="77"/>
       <c r="F14" s="77"/>
     </row>
     <row r="16" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="8" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E16" s="8" t="s">
         <v>1</v>
       </c>
       <c r="F16" s="8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <v>1</v>
       </c>
       <c r="B17" s="9" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C17" s="72" t="s">
+        <v>228</v>
+      </c>
+      <c r="D17" s="72" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="E17" s="64" t="s">
         <v>171</v>
       </c>
       <c r="F17" s="64">
         <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <v>2</v>
       </c>
       <c r="B18" s="9" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="C18" s="72" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="D18" s="72" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="E18" s="64" t="s">
         <v>147</v>
       </c>
       <c r="F18" s="64">
         <v>207</v>
       </c>
     </row>
     <row r="19" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A19" s="30">
         <v>3</v>
       </c>
       <c r="B19" s="9" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="C19" s="72" t="s">
         <v>106</v>
       </c>
       <c r="D19" s="72" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="E19" s="64" t="s">
         <v>162</v>
       </c>
       <c r="F19" s="64">
         <v>129</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="A14:F14"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView topLeftCell="A10" workbookViewId="0">
@@ -1978,63 +2042,63 @@
       </c>
       <c r="B15" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>57</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>1</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="16" spans="1:7" s="13" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="6">
         <v>1</v>
       </c>
       <c r="B16" s="14" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="33" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D16" s="33" t="s">
         <v>150</v>
       </c>
       <c r="E16" s="40" t="s">
         <v>147</v>
       </c>
       <c r="F16" s="40">
         <v>129</v>
       </c>
       <c r="G16" s="13" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
     </row>
     <row r="17" spans="1:6" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="6">
         <v>2</v>
       </c>
       <c r="B17" s="14" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="6" t="s">
         <v>149</v>
       </c>
       <c r="D17" s="6" t="s">
         <v>106</v>
       </c>
       <c r="E17" s="40" t="s">
         <v>151</v>
       </c>
       <c r="F17" s="40">
         <v>129</v>
       </c>
     </row>
     <row r="18" spans="1:6" s="13" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="6">
         <v>3</v>
@@ -2246,51 +2310,51 @@
       </c>
       <c r="B10" s="16" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="6" t="s">
         <v>159</v>
       </c>
       <c r="D10" s="30" t="s">
         <v>156</v>
       </c>
       <c r="E10" s="47" t="s">
         <v>145</v>
       </c>
       <c r="F10" s="47">
         <v>207</v>
       </c>
     </row>
     <row r="11" spans="1:6" s="13" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="40">
         <v>4</v>
       </c>
       <c r="B11" s="16" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>110</v>
       </c>
       <c r="E11" s="47" t="s">
         <v>147</v>
       </c>
       <c r="F11" s="47" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="12" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C12" s="15"/>
       <c r="D12" s="28"/>
       <c r="E12" s="49"/>
       <c r="F12" s="49"/>
     </row>
     <row r="13" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="76" t="s">
         <v>49</v>
       </c>
       <c r="B13" s="77"/>
       <c r="C13" s="77"/>
       <c r="D13" s="77"/>
       <c r="E13" s="77"/>
@@ -2350,85 +2414,85 @@
       </c>
       <c r="C17" s="22" t="s">
         <v>163</v>
       </c>
       <c r="D17" s="22" t="s">
         <v>164</v>
       </c>
       <c r="E17" s="47" t="s">
         <v>151</v>
       </c>
       <c r="F17" s="47" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="18" spans="1:6" s="13" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="40">
         <v>3</v>
       </c>
       <c r="B18" s="14" t="s">
         <v>19</v>
       </c>
       <c r="C18" s="22" t="s">
         <v>165</v>
       </c>
       <c r="D18" s="22" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="E18" s="47" t="s">
         <v>166</v>
       </c>
       <c r="F18" s="47">
         <v>705</v>
       </c>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" s="1"/>
       <c r="B19" s="1"/>
       <c r="C19" s="1"/>
       <c r="D19" s="1"/>
       <c r="E19" s="51"/>
       <c r="F19" s="51"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A13:F13"/>
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView topLeftCell="A7" workbookViewId="0">
-      <selection activeCell="F18" sqref="F18"/>
+      <selection activeCell="N11" sqref="N11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.85546875" customWidth="1"/>
     <col min="2" max="4" width="27.7109375" customWidth="1"/>
     <col min="5" max="5" width="19.140625" style="42" customWidth="1"/>
     <col min="6" max="6" width="12.140625" style="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="73" t="s">
         <v>94</v>
       </c>
       <c r="B1" s="74"/>
       <c r="C1" s="74"/>
       <c r="D1" s="74"/>
       <c r="E1" s="74"/>
       <c r="F1" s="74"/>
     </row>
     <row r="2" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="52"/>
       <c r="B2" s="53"/>
       <c r="C2" s="53"/>
       <c r="D2" s="53"/>
@@ -2478,112 +2542,112 @@
       </c>
       <c r="D7" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>31</v>
       </c>
       <c r="F7" s="8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:6" s="13" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="6">
         <v>1</v>
       </c>
       <c r="B8" s="20" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="22" t="s">
         <v>111</v>
       </c>
       <c r="D8" s="35" t="s">
         <v>112</v>
       </c>
       <c r="E8" s="40" t="s">
-        <v>171</v>
+        <v>235</v>
       </c>
       <c r="F8" s="43" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="9" spans="1:6" s="13" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="22">
         <v>2</v>
       </c>
       <c r="B9" s="21" t="s">
         <v>21</v>
       </c>
       <c r="C9" s="33" t="s">
         <v>167</v>
       </c>
       <c r="D9" s="33"/>
       <c r="E9" s="40" t="s">
-        <v>172</v>
+        <v>237</v>
       </c>
       <c r="F9" s="40" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="10" spans="1:6" s="13" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="6">
         <v>3</v>
       </c>
       <c r="B10" s="20" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="33" t="s">
         <v>113</v>
       </c>
       <c r="D10" s="44" t="s">
         <v>168</v>
       </c>
       <c r="E10" s="40" t="s">
-        <v>175</v>
+        <v>236</v>
       </c>
       <c r="F10" s="40" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="11" spans="1:6" s="13" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="6">
         <v>4</v>
       </c>
       <c r="B11" s="21" t="s">
         <v>23</v>
       </c>
       <c r="C11" s="22" t="s">
         <v>169</v>
       </c>
       <c r="D11" s="22" t="s">
         <v>170</v>
       </c>
       <c r="E11" s="40" t="s">
+        <v>238</v>
+      </c>
+      <c r="F11" s="40" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="12" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C12" s="15"/>
       <c r="D12" s="28"/>
       <c r="E12" s="39"/>
       <c r="F12" s="39"/>
     </row>
     <row r="13" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="76" t="s">
         <v>68</v>
       </c>
       <c r="B13" s="77"/>
       <c r="C13" s="77"/>
       <c r="D13" s="77"/>
       <c r="E13" s="77"/>
       <c r="F13" s="77"/>
     </row>
     <row r="14" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="15"/>
       <c r="E14" s="39"/>
       <c r="F14" s="39"/>
     </row>
     <row r="15" spans="1:6" s="13" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
@@ -2597,114 +2661,114 @@
       </c>
       <c r="D15" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>31</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="16" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="6">
         <v>1</v>
       </c>
       <c r="B16" s="14" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="6" t="s">
         <v>114</v>
       </c>
       <c r="D16" s="30" t="s">
         <v>112</v>
       </c>
       <c r="E16" s="40" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="F16" s="43" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:6" s="13" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="6">
         <v>2</v>
       </c>
       <c r="B17" s="14" t="s">
         <v>25</v>
       </c>
       <c r="C17" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="D17" s="45" t="s">
+        <v>175</v>
+      </c>
+      <c r="E17" s="40" t="s">
         <v>178</v>
       </c>
-      <c r="D17" s="45" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F17" s="40" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="18" spans="1:6" s="13" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="10">
         <v>3</v>
       </c>
       <c r="B18" s="19" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="11" t="s">
+        <v>177</v>
+      </c>
+      <c r="D18" s="31" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="E18" s="40" t="s">
         <v>172</v>
       </c>
       <c r="F18" s="40" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
     </row>
     <row r="19" spans="1:6" s="13" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="6">
         <v>4</v>
       </c>
       <c r="B19" s="14" t="s">
         <v>27</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>114</v>
       </c>
       <c r="D19" s="30" t="s">
         <v>112</v>
       </c>
       <c r="E19" s="40" t="s">
         <v>171</v>
       </c>
       <c r="F19" s="43" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="A13:F13"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:J21"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="K14" sqref="K14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.85546875" customWidth="1"/>
@@ -2774,91 +2838,91 @@
       </c>
       <c r="D7" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E7" s="50" t="s">
         <v>1</v>
       </c>
       <c r="F7" s="50" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:10" s="13" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="6">
         <v>1</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>32</v>
       </c>
       <c r="C8" s="22" t="s">
         <v>139</v>
       </c>
       <c r="D8" s="22" t="s">
         <v>142</v>
       </c>
       <c r="E8" s="47" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="F8" s="47" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="9" spans="1:10" s="13" customFormat="1" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="6">
         <v>2</v>
       </c>
       <c r="B9" s="25" t="s">
         <v>33</v>
       </c>
       <c r="C9" s="22" t="s">
         <v>140</v>
       </c>
       <c r="D9" s="22" t="s">
         <v>115</v>
       </c>
       <c r="E9" s="47" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="F9" s="47" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="10" spans="1:10" s="13" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="6">
         <v>3</v>
       </c>
       <c r="B10" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="22" t="s">
         <v>116</v>
       </c>
       <c r="D10" s="22" t="s">
         <v>141</v>
       </c>
       <c r="E10" s="47" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="F10" s="47">
         <v>407</v>
       </c>
     </row>
     <row r="11" spans="1:10" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C11" s="15"/>
       <c r="D11" s="28"/>
       <c r="E11" s="49"/>
       <c r="F11" s="49"/>
     </row>
     <row r="12" spans="1:10" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="76" t="s">
         <v>51</v>
       </c>
       <c r="B12" s="77"/>
       <c r="C12" s="77"/>
       <c r="D12" s="77"/>
       <c r="E12" s="77"/>
       <c r="F12" s="77"/>
     </row>
     <row r="13" spans="1:10" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B13" s="15"/>
       <c r="E13" s="49"/>
       <c r="F13" s="49"/>
@@ -2910,51 +2974,51 @@
       <c r="B16" s="27" t="s">
         <v>34</v>
       </c>
       <c r="C16" s="22" t="s">
         <v>117</v>
       </c>
       <c r="D16" s="22" t="s">
         <v>142</v>
       </c>
       <c r="E16" s="47" t="s">
         <v>151</v>
       </c>
       <c r="F16" s="47">
         <v>136</v>
       </c>
       <c r="J16" s="6"/>
     </row>
     <row r="17" spans="1:6" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="6">
         <v>3</v>
       </c>
       <c r="B17" s="27" t="s">
         <v>29</v>
       </c>
       <c r="C17" s="57" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D17" s="57" t="s">
         <v>118</v>
       </c>
       <c r="E17" s="47" t="s">
         <v>144</v>
       </c>
       <c r="F17" s="47">
         <v>304</v>
       </c>
     </row>
     <row r="18" spans="1:6" s="13" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="6">
         <v>4</v>
       </c>
       <c r="B18" s="23" t="s">
         <v>30</v>
       </c>
       <c r="C18" s="22" t="s">
         <v>139</v>
       </c>
       <c r="D18" s="22" t="s">
         <v>142</v>
       </c>
       <c r="E18" s="47" t="s">
@@ -2969,52 +3033,52 @@
       <c r="B19" s="1"/>
       <c r="C19" s="1"/>
       <c r="D19" s="1"/>
       <c r="E19" s="51"/>
       <c r="F19" s="51"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="E21" s="51"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A12:F12"/>
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A3:F3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:F19"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A7" workbookViewId="0">
-      <selection activeCell="K9" sqref="K9"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="N15" sqref="N15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.85546875" customWidth="1"/>
     <col min="2" max="2" width="27.7109375" customWidth="1"/>
     <col min="3" max="4" width="27.5703125" customWidth="1"/>
     <col min="5" max="5" width="20.7109375" style="42" customWidth="1"/>
     <col min="6" max="6" width="12.5703125" style="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="73" t="s">
         <v>94</v>
       </c>
       <c r="B1" s="74"/>
       <c r="C1" s="74"/>
       <c r="D1" s="74"/>
       <c r="E1" s="74"/>
       <c r="F1" s="74"/>
     </row>
     <row r="2" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="52"/>
       <c r="B2" s="53"/>
       <c r="C2" s="53"/>
@@ -3058,94 +3122,94 @@
       </c>
       <c r="C7" s="8" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>1</v>
       </c>
       <c r="F7" s="8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:6" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="6">
         <v>1</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C8" s="22" t="s">
         <v>134</v>
       </c>
       <c r="D8" s="22" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="E8" s="40" t="s">
         <v>151</v>
       </c>
       <c r="F8" s="40">
         <v>207</v>
       </c>
     </row>
     <row r="9" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="6">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="33" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="D9" s="22" t="s">
         <v>101</v>
       </c>
       <c r="E9" s="40" t="s">
         <v>145</v>
       </c>
       <c r="F9" s="40">
         <v>304</v>
       </c>
     </row>
     <row r="10" spans="1:6" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="6">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="22" t="s">
         <v>135</v>
       </c>
       <c r="D10" s="22" t="s">
         <v>103</v>
       </c>
       <c r="E10" s="40" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="F10" s="40">
         <v>129</v>
       </c>
     </row>
     <row r="11" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="12" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C12" s="2"/>
       <c r="D12" s="29"/>
     </row>
     <row r="13" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="78" t="s">
         <v>53</v>
       </c>
       <c r="B13" s="77"/>
       <c r="C13" s="77"/>
       <c r="D13" s="77"/>
       <c r="E13" s="77"/>
       <c r="F13" s="77"/>
     </row>
     <row r="14" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="3"/>
     </row>
     <row r="15" spans="1:6" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
@@ -3159,134 +3223,134 @@
       </c>
       <c r="D15" s="8" t="s">
         <v>58</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>1</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="6">
         <v>1</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>37</v>
       </c>
       <c r="C16" s="22" t="s">
         <v>137</v>
       </c>
       <c r="D16" s="22" t="s">
         <v>138</v>
       </c>
       <c r="E16" s="40" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="F16" s="40">
         <v>207</v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="6">
         <v>2</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>38</v>
       </c>
       <c r="C17" s="22" t="s">
         <v>136</v>
       </c>
       <c r="D17" s="22" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="E17" s="40" t="s">
         <v>147</v>
       </c>
       <c r="F17" s="40" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="18" spans="1:6" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="6">
         <v>3</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="22" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="D18" s="22" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="E18" s="40" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="F18" s="40">
         <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="7">
         <v>4</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="22" t="s">
         <v>119</v>
       </c>
       <c r="D19" s="22" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="E19" s="40" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="F19" s="40">
         <v>129</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A13:F13"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A5:F5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:F21"/>
   <sheetViews>
-    <sheetView topLeftCell="A7" workbookViewId="0">
-      <selection activeCell="I15" sqref="I15"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="P10" sqref="P10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.85546875" customWidth="1"/>
     <col min="2" max="2" width="27.7109375" customWidth="1"/>
     <col min="3" max="4" width="27.5703125" customWidth="1"/>
     <col min="5" max="5" width="20.7109375" style="42" customWidth="1"/>
     <col min="6" max="6" width="13.140625" style="42" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="73" t="s">
         <v>94</v>
       </c>
       <c r="B1" s="74"/>
       <c r="C1" s="74"/>
       <c r="D1" s="74"/>
       <c r="E1" s="74"/>
       <c r="F1" s="74"/>
     </row>
     <row r="2" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="52"/>
       <c r="B2" s="53"/>
       <c r="C2" s="53"/>
@@ -3354,91 +3418,91 @@
       </c>
       <c r="C8" s="22" t="s">
         <v>120</v>
       </c>
       <c r="D8" s="22" t="s">
         <v>128</v>
       </c>
       <c r="E8" s="40" t="s">
         <v>145</v>
       </c>
       <c r="F8" s="40">
         <v>705</v>
       </c>
     </row>
     <row r="9" spans="1:6" s="13" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="6">
         <v>2</v>
       </c>
       <c r="B9" s="38" t="s">
         <v>61</v>
       </c>
       <c r="C9" s="22" t="s">
         <v>131</v>
       </c>
       <c r="D9" s="22" t="s">
+        <v>194</v>
+      </c>
+      <c r="E9" s="40" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="F9" s="40">
         <v>705</v>
       </c>
     </row>
     <row r="10" spans="1:6" s="13" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="6">
         <v>3</v>
       </c>
       <c r="B10" s="38" t="s">
         <v>62</v>
       </c>
       <c r="C10" s="22" t="s">
         <v>127</v>
       </c>
       <c r="D10" s="22" t="s">
         <v>130</v>
       </c>
       <c r="E10" s="40" t="s">
         <v>147</v>
       </c>
       <c r="F10" s="40">
         <v>705</v>
       </c>
     </row>
     <row r="11" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="6">
         <v>4</v>
       </c>
       <c r="B11" s="38" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="22" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="D11" s="22" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="E11" s="40" t="s">
         <v>166</v>
       </c>
       <c r="F11" s="40">
         <v>707</v>
       </c>
     </row>
     <row r="12" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C12" s="15"/>
       <c r="D12" s="28"/>
       <c r="E12" s="39"/>
       <c r="F12" s="39"/>
     </row>
     <row r="13" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="76" t="s">
         <v>69</v>
       </c>
       <c r="B13" s="77"/>
       <c r="C13" s="77"/>
       <c r="D13" s="77"/>
       <c r="E13" s="77"/>
       <c r="F13" s="77"/>
     </row>
     <row r="14" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
@@ -3500,83 +3564,83 @@
         <v>127</v>
       </c>
       <c r="E17" s="40" t="s">
         <v>148</v>
       </c>
       <c r="F17" s="40">
         <v>705</v>
       </c>
     </row>
     <row r="18" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="6">
         <v>3</v>
       </c>
       <c r="B18" s="21" t="s">
         <v>71</v>
       </c>
       <c r="C18" s="22" t="s">
         <v>133</v>
       </c>
       <c r="D18" s="22" t="s">
         <v>126</v>
       </c>
       <c r="E18" s="40" t="s">
         <v>151</v>
       </c>
-      <c r="F18" s="40">
-        <v>705</v>
+      <c r="F18" s="79" t="s">
+        <v>146</v>
       </c>
     </row>
     <row r="19" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="6">
         <v>4</v>
       </c>
       <c r="B19" s="21" t="s">
         <v>42</v>
       </c>
       <c r="C19" s="22" t="s">
         <v>126</v>
       </c>
       <c r="D19" s="22" t="s">
         <v>129</v>
       </c>
       <c r="E19" s="40" t="s">
         <v>162</v>
       </c>
       <c r="F19" s="40">
         <v>705</v>
       </c>
     </row>
     <row r="20" spans="1:6" s="13" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="7">
         <v>5</v>
       </c>
       <c r="B20" s="16" t="s">
         <v>66</v>
       </c>
       <c r="C20" s="22" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="D20" s="22" t="s">
         <v>126</v>
       </c>
       <c r="E20" s="40" t="s">
         <v>166</v>
       </c>
       <c r="F20" s="40">
         <v>604</v>
       </c>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" s="1"/>
       <c r="B21" s="1"/>
       <c r="C21" s="1"/>
       <c r="D21" s="1"/>
       <c r="E21" s="41"/>
       <c r="F21" s="41"/>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A13:F13"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A5:F5"/>
@@ -3651,263 +3715,263 @@
       </c>
       <c r="B7" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="65" t="s">
         <v>88</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E7" s="66" t="s">
         <v>89</v>
       </c>
       <c r="F7" s="8" t="s">
         <v>90</v>
       </c>
       <c r="G7" s="8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="40">
         <v>1</v>
       </c>
       <c r="B8" s="70" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="C8" s="35" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="D8" s="69" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="E8" s="67">
         <v>46048</v>
       </c>
       <c r="F8" s="43">
         <v>0.70833333333333337</v>
       </c>
       <c r="G8" s="40" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A9" s="40">
         <v>2</v>
       </c>
       <c r="B9" s="71" t="s">
         <v>74</v>
       </c>
       <c r="C9" s="35" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D9" s="35" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="E9" s="67">
         <v>46066</v>
       </c>
       <c r="F9" s="43">
         <v>0.70833333333333337</v>
       </c>
       <c r="G9" s="40" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A10" s="40">
         <v>3</v>
       </c>
       <c r="B10" s="71" t="s">
         <v>43</v>
       </c>
       <c r="C10" s="35" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D10" s="35" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="E10" s="67">
         <v>46056</v>
       </c>
       <c r="F10" s="43">
         <v>0.70833333333333337</v>
       </c>
       <c r="G10" s="40" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="40">
         <v>4</v>
       </c>
       <c r="B11" s="68" t="s">
         <v>44</v>
       </c>
       <c r="C11" s="35" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="D11" s="35" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="E11" s="67">
         <v>46062</v>
       </c>
       <c r="F11" s="43">
         <v>0.70833333333333337</v>
       </c>
       <c r="G11" s="40" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
     </row>
     <row r="14" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="78" t="s">
         <v>91</v>
       </c>
       <c r="B14" s="77"/>
       <c r="C14" s="77"/>
       <c r="D14" s="77"/>
       <c r="E14" s="77"/>
       <c r="F14" s="77"/>
     </row>
     <row r="15" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B15" s="3"/>
     </row>
     <row r="16" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A16" s="8" t="s">
         <v>2</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C16" s="65" t="s">
         <v>88</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E16" s="66" t="s">
         <v>89</v>
       </c>
       <c r="F16" s="8" t="s">
         <v>90</v>
       </c>
       <c r="G16" s="8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="45" x14ac:dyDescent="0.25">
       <c r="A17" s="40">
         <v>1</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C17" s="35" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="D17" s="69" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="E17" s="67">
         <v>46049</v>
       </c>
       <c r="F17" s="43">
         <v>0.72916666666666663</v>
       </c>
       <c r="G17" s="40" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="40">
         <v>2</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>46</v>
       </c>
       <c r="C18" s="35" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="D18" s="35" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="E18" s="67">
         <v>46062</v>
       </c>
       <c r="F18" s="43">
         <v>0.66666666666666663</v>
       </c>
       <c r="G18" s="40" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A19" s="40">
         <v>3</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>47</v>
       </c>
       <c r="C19" s="46" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="D19" s="35" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="E19" s="67">
         <v>46066</v>
       </c>
       <c r="F19" s="43">
         <v>0.72916666666666663</v>
       </c>
       <c r="G19" s="40" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
     </row>
     <row r="20" spans="1:7" ht="30" x14ac:dyDescent="0.25">
       <c r="A20" s="40">
         <v>4</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>92</v>
       </c>
       <c r="C20" s="35" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="D20" s="35" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="E20" s="67">
         <v>46056</v>
       </c>
       <c r="F20" s="43">
         <v>0.72916666666666663</v>
       </c>
       <c r="G20" s="40" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A14:F14"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A5:F5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <selection activeCell="A19" sqref="A19:XFD19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.85546875" customWidth="1"/>
@@ -3971,100 +4035,100 @@
       </c>
       <c r="B7" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>57</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>1</v>
       </c>
       <c r="F7" s="8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:6" s="13" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="30">
         <v>1</v>
       </c>
       <c r="B8" s="21" t="s">
         <v>72</v>
       </c>
       <c r="C8" s="22" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="D8" s="46" t="s">
         <v>121</v>
       </c>
       <c r="E8" s="40" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="F8" s="40" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:6" s="13" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="30">
         <v>2</v>
       </c>
       <c r="B9" s="26" t="s">
         <v>73</v>
       </c>
       <c r="C9" s="46" t="s">
         <v>124</v>
       </c>
       <c r="D9" s="46" t="s">
         <v>122</v>
       </c>
       <c r="E9" s="47" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="F9" s="47" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:6" s="13" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="30">
         <v>3</v>
       </c>
       <c r="B10" s="58" t="s">
         <v>75</v>
       </c>
       <c r="C10" s="46" t="s">
         <v>125</v>
       </c>
       <c r="D10" s="46" t="s">
         <v>123</v>
       </c>
       <c r="E10" s="47" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="F10" s="47" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:6" s="13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C11" s="56"/>
       <c r="D11" s="56"/>
       <c r="F11" s="39"/>
     </row>
     <row r="12" spans="1:6" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4"/>
       <c r="B12" s="12"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="4"/>
       <c r="F12" s="48"/>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A13" s="76" t="s">
         <v>81</v>
       </c>
       <c r="B13" s="77"/>
       <c r="C13" s="77"/>
       <c r="D13" s="77"/>
       <c r="E13" s="77"/>
       <c r="F13" s="77"/>
     </row>
@@ -4080,114 +4144,114 @@
       </c>
       <c r="D15" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>1</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="16" spans="1:6" ht="45" x14ac:dyDescent="0.25">
       <c r="A16" s="30">
         <v>1</v>
       </c>
       <c r="B16" s="38" t="s">
         <v>77</v>
       </c>
       <c r="C16" s="46" t="s">
         <v>123</v>
       </c>
       <c r="D16" s="63" t="s">
         <v>125</v>
       </c>
       <c r="E16" s="64" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="F16" s="64" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A17" s="30">
         <v>2</v>
       </c>
       <c r="B17" s="62" t="s">
         <v>78</v>
       </c>
       <c r="C17" s="46" t="s">
         <v>125</v>
       </c>
       <c r="D17" s="63" t="s">
         <v>121</v>
       </c>
       <c r="E17" s="64" t="s">
         <v>145</v>
       </c>
       <c r="F17" s="64" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" s="30">
         <v>3</v>
       </c>
       <c r="B18" s="62" t="s">
         <v>79</v>
       </c>
       <c r="C18" t="s">
         <v>121</v>
       </c>
       <c r="D18" t="s">
         <v>123</v>
       </c>
       <c r="E18" s="64" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F18" s="64" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:6" ht="30" x14ac:dyDescent="0.25">
       <c r="A19" s="7">
         <v>4</v>
       </c>
       <c r="B19" s="62" t="s">
         <v>80</v>
       </c>
       <c r="C19" s="46" t="s">
         <v>123</v>
       </c>
       <c r="D19" s="63" t="s">
         <v>125</v>
       </c>
       <c r="E19" s="64" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="F19" s="64" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="A13:F13"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>